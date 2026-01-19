--- v0 (2025-10-28)
+++ v1 (2026-01-19)
@@ -2164,51 +2164,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E2FAED2ECA1EC048A97C2F5815B0D13E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a150f0e715ebdce833a8a00910fd618b">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E2FAED2ECA1EC048A97C2F5815B0D13E" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3f4337f6694140cf4a2abe6e97b9b79a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a196b273-b883-4f7f-a363-6a23d205eadd" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns4="42e9f71e-7944-4cb4-a567-9abd75753251" xmlns:ns5="16f00c2e-ac5c-418b-9f13-a0771dbd417d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="29e6a9650ffba1b34fe382bcbc51c29a" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="a196b273-b883-4f7f-a363-6a23d205eadd"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="42e9f71e-7944-4cb4-a567-9abd75753251"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Resource_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Description0" minOccurs="0"/>
                 <xsd:element ref="ns3:IconOverlay" minOccurs="0"/>
                 <xsd:element ref="ns4:Location" minOccurs="0"/>
                 <xsd:element ref="ns4:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns4:Filter" minOccurs="0"/>
                 <xsd:element ref="ns5:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns5:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns5:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2448,51 +2448,51 @@
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Resource_x0020_Type xmlns="a196b273-b883-4f7f-a363-6a23d205eadd">Resource</Resource_x0020_Type>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <Location xmlns="42e9f71e-7944-4cb4-a567-9abd75753251" xsi:nil="true"/>
     <No_x002e_ xmlns="42e9f71e-7944-4cb4-a567-9abd75753251" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Filter xmlns="42e9f71e-7944-4cb4-a567-9abd75753251" xsi:nil="true"/>
     <Description0 xmlns="a196b273-b883-4f7f-a363-6a23d205eadd">Contracts and Resources Page - Web Part - Additional Resources</Description0>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DE6FBC2E-2F47-491F-8D29-F48DABEA01B9}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6298F85-3990-48E5-A88F-B14EA042DB37}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DF09C95-4218-4498-A6BA-7B021423F8E8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1778E13-A705-44AE-95E5-FC996F92DB9A}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00781D0B-E173-41B6-B0B0-DDD8ECBF6C9C}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8F584E-A1FE-40FF-A43B-F28841249BFD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>76</Words>
   <Characters>437</Characters>