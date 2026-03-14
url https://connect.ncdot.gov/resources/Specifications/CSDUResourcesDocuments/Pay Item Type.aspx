--- v1 (2026-01-19)
+++ v2 (2026-03-14)
@@ -2164,51 +2164,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E2FAED2ECA1EC048A97C2F5815B0D13E" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3f4337f6694140cf4a2abe6e97b9b79a">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100E2FAED2ECA1EC048A97C2F5815B0D13E" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="79da7de7600b49bce2d51ea1adc5d6e8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="a196b273-b883-4f7f-a363-6a23d205eadd" xmlns:ns3="http://schemas.microsoft.com/sharepoint/v4" xmlns:ns4="42e9f71e-7944-4cb4-a567-9abd75753251" xmlns:ns5="16f00c2e-ac5c-418b-9f13-a0771dbd417d" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="29e6a9650ffba1b34fe382bcbc51c29a" ns1:_="" ns2:_="" ns3:_="" ns4:_="" ns5:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="a196b273-b883-4f7f-a363-6a23d205eadd"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v4"/>
     <xsd:import namespace="42e9f71e-7944-4cb4-a567-9abd75753251"/>
     <xsd:import namespace="16f00c2e-ac5c-418b-9f13-a0771dbd417d"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Resource_x0020_Type" minOccurs="0"/>
                 <xsd:element ref="ns2:Description0" minOccurs="0"/>
                 <xsd:element ref="ns3:IconOverlay" minOccurs="0"/>
                 <xsd:element ref="ns4:Location" minOccurs="0"/>
                 <xsd:element ref="ns4:No_x002e_" minOccurs="0"/>
                 <xsd:element ref="ns4:Filter" minOccurs="0"/>
                 <xsd:element ref="ns5:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns5:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns5:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns1:URL" minOccurs="0"/>
                 <xsd:element ref="ns5:SharedWithUsers" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -2448,51 +2448,51 @@
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <Resource_x0020_Type xmlns="a196b273-b883-4f7f-a363-6a23d205eadd">Resource</Resource_x0020_Type>
     <IconOverlay xmlns="http://schemas.microsoft.com/sharepoint/v4" xsi:nil="true"/>
     <Location xmlns="42e9f71e-7944-4cb4-a567-9abd75753251" xsi:nil="true"/>
     <No_x002e_ xmlns="42e9f71e-7944-4cb4-a567-9abd75753251" xsi:nil="true"/>
     <URL xmlns="http://schemas.microsoft.com/sharepoint/v3">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </URL>
     <Filter xmlns="42e9f71e-7944-4cb4-a567-9abd75753251" xsi:nil="true"/>
     <Description0 xmlns="a196b273-b883-4f7f-a363-6a23d205eadd">Contracts and Resources Page - Web Part - Additional Resources</Description0>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6298F85-3990-48E5-A88F-B14EA042DB37}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8B43C94-0328-423B-AF8C-456EF4DE968B}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1DF09C95-4218-4498-A6BA-7B021423F8E8}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1778E13-A705-44AE-95E5-FC996F92DB9A}"/>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00781D0B-E173-41B6-B0B0-DDD8ECBF6C9C}"/>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9B8F584E-A1FE-40FF-A43B-F28841249BFD}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>76</Words>
   <Characters>437</Characters>